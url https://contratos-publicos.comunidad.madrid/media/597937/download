--- v0 (2025-10-17)
+++ v1 (2026-02-21)
@@ -5,98 +5,97 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aiccm.sharepoint.com/sites/DCC/EyRTC/AM FACTORÍA/PUBLICACIÓN DERIVADOS FACTORÍA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aiccm.sharepoint.com/sites/DCC/EyRTC/AM FACTORIA (238-20)/PUBLICACIÓN DERIVADOS FACTORÍA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="34" documentId="11_157107FF147019C5B5FA04DF9AA4A1C9CEFFC58F" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B2F2D225-8DC4-418E-8578-1F1B3918E554}"/>
+  <xr:revisionPtr revIDLastSave="84" documentId="11_157107FF147019C5B5FA04DF9AA4A1C9CEFFC58F" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0FCDEA33-B8FB-47B8-A740-0138BFCF5EA1}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LOTE1" sheetId="1" r:id="rId1"/>
     <sheet name="LOTE2" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D28" i="2" l="1"/>
-  <c r="B28" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="161">
   <si>
     <t>CONTRATOS BASADOS EN EL AM DE CONSULTORÍA,
 DISEÑO Y FACTORÍA DE SERVICIOS
 INNOVADORES PARA LA TRANSFORMACIÓN 
 DIGITAL DE LA COMUNIDAD DE MADRID (ECOM/000238/2020)</t>
   </si>
   <si>
     <t>ÓRGANO DESTINATARIO</t>
   </si>
   <si>
     <t>OBJETO DEL CONTRATO</t>
   </si>
   <si>
     <t xml:space="preserve">NIF  </t>
   </si>
   <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>FECHA DE ADJUDICACIÓN</t>
   </si>
   <si>
     <t>CÓDIGO PUBLICACIÓN DOUE</t>
   </si>
   <si>
@@ -294,53 +293,50 @@
   <si>
     <t>INDRA SOLUCIONES TECNOLOGÍAS DE LA INFORMACIÓN, S.L.U.</t>
   </si>
   <si>
     <t>2023/S 218-686452</t>
   </si>
   <si>
     <t>“CONSTRUCCIÓN E IMPLANTACIÓN DE SISTEMAS BASADOS EN INTELIGENCIA ARTIFICIAL PARA LA AGILIZACIÓN DE LA JUSTICIA EN LOS JUZGADOS Y DECANATOS DE LA COMUNIDAD DE MADRID”, EN EL ÁMBITO DEL PLAN DE RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA – FINANCIADO POR LA UNIÓN EUROPEA – NEXT GENERATION EU</t>
   </si>
   <si>
     <t>B79217790</t>
   </si>
   <si>
     <t>ACCENTURE, S.L.</t>
   </si>
   <si>
     <t>“CONSULTORÍA PARA PLAN DE ACCIÓN PROYECTO DIGITALIZACIÓN DE LAS ENTIDADES LOCALES DE MENOS DE 20.000 HABITANTES DE LA COMUNIDAD DE MADRID”</t>
   </si>
   <si>
     <t>B62352216</t>
   </si>
   <si>
     <t>AVANADE SPAIN, S.L.U.</t>
   </si>
   <si>
-    <t>“ASSESSMENT DEL CAPITAL INTELECTUAL DE MADRID DIGITAL CON OBJETO DE ENFOCAR ADECUADAMENTE LOS PLANES DE APRENDIZAJE DIGITAL DE LA AGENCIA PARA LA ADMINISTRACIÓN DIGITAL DE LA COMUNIDAD DE MADRID”</t>
-[...1 lines deleted...]
-  <si>
     <t>B83844373</t>
   </si>
   <si>
     <t>ANOVA IT CONSULTING, S.L.</t>
   </si>
   <si>
     <t>2023/S 188-585268</t>
   </si>
   <si>
     <t>2023/S 188-586294</t>
   </si>
   <si>
     <t>"OFICINA TÉCNICA PARA EL PLAN ESTRATÉGICO DE CAPACITACIÓN DIGITAL DE LA COMUNIDAD DE MADRID"</t>
   </si>
   <si>
     <t>DISEÑO, CONSTRUCCIÓN, INTEGRACIÓN, E IMPLANTACIÓN DE SOLUCIONES PARA LA PUESTA EN MARCHA DE LA HISTORIA SOCIAL ÚNICA Y LA TELEASISTENCIA AVANZADA EN LA COMUNIDAD DE MADRID”, EN EL ÁMBITO DEL PLAN DE RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA – FINANCIADO POR LA UNIÓN EUROPEA – NEXT GENERATION EU</t>
   </si>
   <si>
     <t>"SERVICIO DE DIGITALIZACIÓN DE LOS ARCHIVOS Y EXPEDIENTES DE LA DIRECCIÓN DE RECURSOS HUMANOS Y RELACIONES CON LA ADMINISTRACIÓN DE JUSTICIA EN LA CONSEJERÍA DE PRESIDENCIA, JUSTICIA Y ADMINISTRACIÓN LOCAL DE LA COMUNIDAD DE MADRID"EN EL ÁMBITO DEL PLAN DE RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA – FINANCIADO POR LA UNIÓN EUROPEA – NEXT GENERATION EU</t>
   </si>
   <si>
     <t>"DIGITALIZACIÓN DE ARCHIVO JUDICIAL TERRITORIAL E IMPLANTACIÓN DE UN NUEVO SISTEMA DE GESTIÓN DE ARCHIVOS JUDICIALES EN LA COMUNIDAD DE MADRID” EN EL ÁMBITO DEL PLAN DE RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA – FINANCIADO POR LA UNIÓN EUROPEA – NEXT GENERATION EU</t>
   </si>
   <si>
     <t>TEKNEI INFOMATION TECHNOLOGY, S.L.</t>
@@ -429,161 +425,226 @@
   <si>
     <t>RES. 129/2024 12 MESES</t>
   </si>
   <si>
     <t>RES. 16/09/24                                 7 MESES Y MEDIO</t>
   </si>
   <si>
     <t>RES.  de 17/06/24  674.905,33 €</t>
   </si>
   <si>
     <t xml:space="preserve">RES. 19/04/2024                  12 MESES </t>
   </si>
   <si>
     <t>"ANÁLISIS, DISEÑO, CONSTRUCCIÓN E IMPLANTACIÓN DE APLICACIÓN MÓVIL (APP) DE LA RED DE RUTAS DE CICLOTURISMO DE LA COMUNIDAD DE MADRID"</t>
   </si>
   <si>
     <t>A91943498</t>
   </si>
   <si>
     <t>BLUUMI APPS, S.A.</t>
   </si>
   <si>
     <t>RES.  573/2024 24 MESES</t>
   </si>
   <si>
-    <t>"DISEÑO, DEFINICIÓN E IMPLEMENTACIÓN DE UN MARCO DE GOBIERNO PARA EL CUMPLIMIENTO NORMATIVO, CON EL OBJETIVO DE TRANSFORMAR DIGITALMENTE LA FORMA DE TRABAJAR DE LA ORGANIZACIÓN EN MATERIAS DE CUMPLIMIENTO, EN LOS ÁMBITOS DE PREVENCIÓN Y DETECCIÓN PENAL, CORPORATIVA/ADMINISTRATIVA, PRESUPUESTARIA Y CONTABLE, CONTRATACIÓN, LABORAL, DE TRANSPARENCIA Y DE PROTECCIÓN DE DATOS DE CARÁCTER PERSONAL EN LA AGENCIA PARA LA ADMINISTRACIÓN DIGITAL DE LA COMUNIDAD DE MADRID"</t>
-[...1 lines deleted...]
-  <si>
     <t>B95087482</t>
   </si>
   <si>
     <t>OESIA NETWORKS, S.L.</t>
   </si>
   <si>
-    <t>CONSULTORÍA DE ANÁLISIS Y DISEÑO PARA LA TRANSFORMACIÓN DIGITAL DE SOLUCIONES TECNOLÓGICAS DE MADRID DIGITAL</t>
-[...1 lines deleted...]
-  <si>
     <t>TECNILÓGICA ECOSISTEMAS, S.A.U.</t>
   </si>
   <si>
     <t>A28963767</t>
   </si>
   <si>
-    <t>SERVICIOS DE CONSULTORÍA PARA LA TRANSFORMACIÓN DE MADRID DIGITAL</t>
-[...1 lines deleted...]
-  <si>
     <t>55959-2024</t>
   </si>
   <si>
     <t>262646-2024</t>
   </si>
   <si>
     <t>32705-2025</t>
   </si>
   <si>
     <t>29981-2025</t>
   </si>
   <si>
     <t>32324-2025</t>
   </si>
   <si>
-    <t>“SERVICIOS DE DESARROLLO Y TRANSFORMACIÓN DE LOS SISTEMAS DE ANÁLITICA DE NEGOCIO DE LA COMUNIDAD DE MADRID”</t>
-[...1 lines deleted...]
-  <si>
     <t>B84306604</t>
   </si>
   <si>
     <t>THE LAUDE TECHNOLOGY COMPANY, S.L.</t>
   </si>
   <si>
-    <t>“SERVICIOS DE DISEÑO, DESARROLLO, IMPLANTACIÓN, MANTENIMIENTO Y SOPORTE DE SISTEMAS DE INFORMACIÓN BASADOS EN INTELIGENCIA ARTIFICIAL PARA LA TRANSFORMACIÓN DIGITAL DE LA COMUNIDAD DE MADRID”</t>
-[...1 lines deleted...]
-  <si>
     <t>B85908093</t>
   </si>
   <si>
     <t>ATOS IT SOLUTIONS AND SERVICES IBERIA, S.L.</t>
   </si>
   <si>
-    <t>"PRUEBA DE CONCEPTO DEL SISTEMA DE GESTIÓN DE REGLAS DE NEGOCIO (BRMS) PARA LA BAREMACIÓN DE LOS PROCESOS DE SELECCIÓN DE PERSONAL DOCENTE EN LA COMUNIDAD DE MADRID"</t>
-[...5 lines deleted...]
-    <t>“OFICINA TÉCNICA PARA LA IMPLANTACIÓN DEL NUEVO MODELO DE OFICINA JUDICIAL EN LA COMUNIDAD DE MADRID”</t>
+    <t>DELOITTE CONSULTING, S.L.</t>
+  </si>
+  <si>
+    <t>B81690471</t>
+  </si>
+  <si>
+    <t>ALTIA CONSULTORES S.A.</t>
+  </si>
+  <si>
+    <t>A15456585</t>
+  </si>
+  <si>
+    <t>613822-2025</t>
+  </si>
+  <si>
+    <t>34086-2026</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>800842-2025</t>
+  </si>
+  <si>
+    <t>X</t>
+  </si>
+  <si>
+    <t>38449-2026</t>
+  </si>
+  <si>
+    <t>41684-2026</t>
+  </si>
+  <si>
+    <t>“ASSESSMENT DEL CAPITAL INTELECTUAL DE MADRID DIGITAL CON OBJETO DE ENFOCAR ADECUADAMENTE LOS PLANES DE APRENDIZAJE DIGITAL DE LA AGENCIA PARA LA ADMINISTRACIÓN DIGITAL DE LA COMUNIDAD DE MADRID” (ECON-140/2023)</t>
+  </si>
+  <si>
+    <t>“OFICINA TÉCNICA PARA LA IMPLANTACIÓN DEL NUEVO MODELO DE OFICINA JUDICIAL EN LA COMUNIDAD DE MADRID” ECON/000068/2025</t>
+  </si>
+  <si>
+    <t>44954-2026</t>
+  </si>
+  <si>
+    <t>44209-2026</t>
+  </si>
+  <si>
+    <t>"SERVICIO PARA LA RENOVACIÓN DE LA SEDE JUDICIAL DE LA COMUNIDAD DE MADRID Y EVOLUCIÓN DEL ESCRITORIO JUDICIAL Y DEL FISCAL" ECON/000097/2025</t>
+  </si>
+  <si>
+    <t>“SOLUCIÓN PARA LA GESTIÓN INTELIGENTE DE PROCESOS DE NEGOCIO (IBPMS) EN LA GESTIÓN DE RESIDUOS”, EN EL MARCO DEL PLAN DE RECUPERACIÓN, TRANSFORMACIÓN Y RESILIENCIA, FINANCIADO POR LA UNIÓN EUROPEA-NEXT GENERATION EU. ECON/000049/2025</t>
+  </si>
+  <si>
+    <t>“SERVICIOS DE DISEÑO, DESARROLLO, IMPLANTACIÓN, MANTENIMIENTO Y SOPORTE DE SISTEMAS DE INFORMACIÓN BASADOS EN INTELIGENCIA ARTIFICIAL PARA LA TRANSFORMACIÓN DIGITAL DE LA COMUNIDAD DE MADRID” ECON/000204/2024</t>
+  </si>
+  <si>
+    <t>"SERVICIO PARA LA RENOVACIÓN DEL SISTEMA INTEGRAL DE EMPLEO DE LA COMUNIDAD DE MADRID" ECON/000197/2024</t>
+  </si>
+  <si>
+    <t>"PRUEBA DE CONCEPTO DEL SISTEMA DE GESTIÓN DE REGLAS DE NEGOCIO (BRMS) PARA LA BAREMACIÓN DE LOS PROCESOS DE SELECCIÓN DE PERSONAL DOCENTE EN LA COMUNIDAD DE MADRID" ECON/000079/2024</t>
+  </si>
+  <si>
+    <t>“SERVICIOS DE DESARROLLO Y TRANSFORMACIÓN DE LOS SISTEMAS DE ANÁLITICA DE NEGOCIO DE LA COMUNIDAD DE MADRID” ECON/000203/2024</t>
+  </si>
+  <si>
+    <t>"SERVICIOS DE CONSULTORÍA PARA LA TRANSFORMACIÓN DE MADRID DIGITAL"</t>
+  </si>
+  <si>
+    <t>“OFICINA TÉCNICA DE CALIDAD PARA LA CONSULTORÍA, COORDINACIÓN Y SEGUIMIENTO DE INICIATIVAS EN CONSEJERÍAS” ECON/000066/2025</t>
+  </si>
+  <si>
+    <t>"CONSULTORÍA DE ANÁLISIS Y DISEÑO PARA LA TRANSFORMACIÓN DIGITAL DE SOLUCIONES TECNOLÓGICAS DE MADRID DIGITAL" ECON/000196/2023</t>
+  </si>
+  <si>
+    <t>"DISEÑO, DEFINICIÓN E IMPLEMENTACIÓN DE UN MARCO DE GOBIERNO PARA EL CUMPLIMIENTO NORMATIVO, CON EL OBJETIVO DE TRANSFORMAR DIGITALMENTE LA FORMA DE TRABAJAR DE LA ORGANIZACIÓN EN MATERIAS DE CUMPLIMIENTO, EN LOS ÁMBITOS DE PREVENCIÓN Y DETECCIÓN PENAL, CORPORATIVA/ADMINISTRATIVA, PRESUPUESTARIA Y CONTABLE, CONTRATACIÓN, LABORAL, DE TRANSPARENCIA Y DE PROTECCIÓN DE DATOS DE CARÁCTER PERSONAL EN LA AGENCIA PARA LA ADMINISTRACIÓN DIGITAL DE LA COMUNIDAD DE MADRID" ECON/000062/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF00B0F0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF444444"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -648,63 +709,60 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="110">
+  <cellXfs count="113">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -781,53 +839,50 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -867,138 +922,147 @@
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///D:\Perfiles\MMV179\Documents\Madrid%20Digital\EC_Direcci&#243;n%20de%20Contrataci&#243;n%20y%20Compras%20-%20AEyRTC\AM%20FACTOR&#205;A\SEGUIMIENTO%20SEMANAL\seguimiento%20completo%20Factor&#237;a.xlsm" TargetMode="External"/></Relationships>
 </file>
 
@@ -1293,1477 +1357,1549 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I26"/>
+  <dimension ref="A1:I28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A25" sqref="A25:G25"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="36.81640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="38.7265625" customWidth="1"/>
     <col min="2" max="2" width="79.1796875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.54296875" customWidth="1"/>
     <col min="4" max="4" width="37.1796875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.81640625" customWidth="1"/>
     <col min="6" max="6" width="19.81640625" customWidth="1"/>
-    <col min="7" max="7" width="20.36328125" style="11" customWidth="1"/>
+    <col min="7" max="7" width="20.36328125" style="10" customWidth="1"/>
     <col min="8" max="8" width="22.90625" customWidth="1"/>
     <col min="9" max="9" width="21.90625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A1" s="91" t="s">
+      <c r="A1" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="91"/>
-[...3 lines deleted...]
-      <c r="F1" s="91"/>
+      <c r="B1" s="109"/>
+      <c r="C1" s="109"/>
+      <c r="D1" s="109"/>
+      <c r="E1" s="109"/>
+      <c r="F1" s="109"/>
     </row>
     <row r="2" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:9" ht="54.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="8" t="s">
+      <c r="F3" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="G3" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I3" s="8" t="s">
+      <c r="H3" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="I3" s="7" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="15">
+        <v>44715</v>
+      </c>
+      <c r="F4" s="16">
+        <v>608054.04</v>
+      </c>
+      <c r="G4" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="H4" s="24"/>
+      <c r="I4" s="69" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="4" spans="1:9" s="19" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
-[...22 lines deleted...]
-      <c r="I4" s="71" t="s">
+    <row r="5" spans="1:9" s="18" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" s="22">
+        <v>44804</v>
+      </c>
+      <c r="F5" s="23">
+        <v>1887672.6</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="58" t="s">
+        <v>99</v>
+      </c>
+      <c r="I5" s="69" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="5" spans="1:9" s="19" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C5" s="21" t="s">
+    <row r="6" spans="1:9" s="18" customFormat="1" ht="29" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="22">
+        <v>44858</v>
+      </c>
+      <c r="F6" s="25">
+        <v>60251.47</v>
+      </c>
+      <c r="G6" s="20"/>
+      <c r="H6" s="24"/>
+      <c r="I6" s="66"/>
+    </row>
+    <row r="7" spans="1:9" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="22">
+        <v>44887</v>
+      </c>
+      <c r="F7" s="23">
+        <v>312077.88</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7" s="24"/>
+      <c r="I7" s="67"/>
+    </row>
+    <row r="8" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="22">
+        <v>44890</v>
+      </c>
+      <c r="F8" s="25">
+        <v>896987.52</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="24"/>
+      <c r="I8" s="69" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="18" customFormat="1" ht="68.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="22">
+        <v>44944</v>
+      </c>
+      <c r="F9" s="27">
+        <v>38285.31</v>
+      </c>
+      <c r="G9" s="20"/>
+      <c r="H9" s="8"/>
+      <c r="I9" s="67"/>
+    </row>
+    <row r="10" spans="1:9" s="18" customFormat="1" ht="53" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="28" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="29">
+        <v>44972</v>
+      </c>
+      <c r="F10" s="30">
+        <v>1079776.17</v>
+      </c>
+      <c r="G10" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10" s="65"/>
+      <c r="I10" s="69" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" s="22">
+        <v>44978</v>
+      </c>
+      <c r="F11" s="27">
+        <v>249974.51</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11" s="26"/>
+      <c r="I11" s="67"/>
+    </row>
+    <row r="12" spans="1:9" s="37" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A12" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="D5" s="22" t="s">
+      <c r="D12" s="34" t="s">
         <v>54</v>
       </c>
-      <c r="E5" s="23">
-[...22 lines deleted...]
-      <c r="C6" s="21" t="s">
+      <c r="E12" s="35">
+        <v>45033</v>
+      </c>
+      <c r="F12" s="36">
+        <v>4760557.79</v>
+      </c>
+      <c r="G12" s="34" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" s="56"/>
+      <c r="I12" s="42"/>
+    </row>
+    <row r="13" spans="1:9" s="18" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="38" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="D6" s="20" t="s">
-[...19 lines deleted...]
-      <c r="C7" s="21" t="s">
+      <c r="D13" s="38" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" s="40">
+        <v>45138</v>
+      </c>
+      <c r="F13" s="41">
+        <v>141965.84</v>
+      </c>
+      <c r="G13" s="42"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="68"/>
+    </row>
+    <row r="14" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A14" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="43" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="34" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="35">
+        <v>45181</v>
+      </c>
+      <c r="F14" s="44">
+        <v>2475732.6</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" s="24"/>
+      <c r="I14" s="67"/>
+    </row>
+    <row r="15" spans="1:9" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A15" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="43" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="D7" s="21" t="s">
+      <c r="D15" s="33" t="s">
         <v>20</v>
       </c>
-      <c r="E7" s="23">
-[...18 lines deleted...]
-      <c r="C8" s="21" t="s">
+      <c r="E15" s="35">
+        <v>45190</v>
+      </c>
+      <c r="F15" s="44">
+        <v>3491606.25</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" s="24"/>
+      <c r="I15" s="67"/>
+    </row>
+    <row r="16" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A16" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="43" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="33" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" s="35">
+        <v>45258</v>
+      </c>
+      <c r="F16" s="44">
+        <v>60477.62</v>
+      </c>
+      <c r="G16" s="33"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="67"/>
+    </row>
+    <row r="17" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="54" t="s">
+        <v>147</v>
+      </c>
+      <c r="C17" s="51" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" s="51" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" s="52">
+        <v>45271</v>
+      </c>
+      <c r="F17" s="63">
+        <v>229026.38</v>
+      </c>
+      <c r="G17" s="108" t="s">
+        <v>146</v>
+      </c>
+      <c r="H17" s="57"/>
+      <c r="I17" s="67"/>
+    </row>
+    <row r="18" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A18" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="55" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="D18" s="33" t="s">
         <v>20</v>
       </c>
-      <c r="E8" s="23">
-[...9 lines deleted...]
-      <c r="I8" s="71" t="s">
+      <c r="E18" s="52">
+        <v>45278</v>
+      </c>
+      <c r="F18" s="63">
+        <v>1525166.28</v>
+      </c>
+      <c r="G18" s="51" t="s">
+        <v>107</v>
+      </c>
+      <c r="H18" s="57"/>
+      <c r="I18" s="33"/>
+    </row>
+    <row r="19" spans="1:9" s="61" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A19" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="59">
+        <v>45302</v>
+      </c>
+      <c r="F19" s="63">
+        <v>269096.26</v>
+      </c>
+      <c r="G19" s="51" t="s">
+        <v>127</v>
+      </c>
+      <c r="H19" s="60"/>
+      <c r="I19" s="67"/>
+    </row>
+    <row r="20" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A20" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="54" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" s="52">
+        <v>45351</v>
+      </c>
+      <c r="F20" s="64">
+        <v>273905.28000000003</v>
+      </c>
+      <c r="G20" s="51" t="s">
+        <v>128</v>
+      </c>
+      <c r="H20" s="60"/>
+      <c r="I20" s="67"/>
+    </row>
+    <row r="21" spans="1:9" s="61" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A21" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="50" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" s="52">
+        <v>45406</v>
+      </c>
+      <c r="F21" s="71">
+        <v>1109316.3799999999</v>
+      </c>
+      <c r="G21" s="72" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" s="60"/>
+      <c r="I21" s="38"/>
+    </row>
+    <row r="22" spans="1:9" s="61" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A22" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="50" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" s="53" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="51" t="s">
+        <v>75</v>
+      </c>
+      <c r="E22" s="52">
+        <v>45459</v>
+      </c>
+      <c r="F22" s="64">
+        <v>1207169.57</v>
+      </c>
+      <c r="G22" s="51" t="s">
+        <v>129</v>
+      </c>
+      <c r="H22" s="60"/>
+      <c r="I22" s="38"/>
+    </row>
+    <row r="23" spans="1:9" s="61" customFormat="1" ht="41" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="50" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="51" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" s="53" t="s">
+        <v>110</v>
+      </c>
+      <c r="E23" s="52">
+        <v>45568</v>
+      </c>
+      <c r="F23" s="64">
+        <v>129384.96000000001</v>
+      </c>
+      <c r="G23" s="51"/>
+      <c r="H23" s="60"/>
+      <c r="I23" s="38"/>
+    </row>
+    <row r="24" spans="1:9" s="61" customFormat="1" ht="109" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" s="50" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" s="51" t="s">
         <v>123</v>
       </c>
-    </row>
-[...155 lines deleted...]
-      <c r="C15" s="34" t="s">
+      <c r="D24" s="51" t="s">
+        <v>124</v>
+      </c>
+      <c r="E24" s="52">
+        <v>45594</v>
+      </c>
+      <c r="F24" s="64">
+        <v>433060.45</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="H24" s="60"/>
+      <c r="I24" s="60"/>
+    </row>
+    <row r="25" spans="1:9" s="61" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="94" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" s="83" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" s="72" t="s">
+        <v>126</v>
+      </c>
+      <c r="D25" s="72" t="s">
+        <v>125</v>
+      </c>
+      <c r="E25" s="95">
+        <v>45637</v>
+      </c>
+      <c r="F25" s="96">
+        <v>3504837.6</v>
+      </c>
+      <c r="G25" s="108" t="s">
+        <v>150</v>
+      </c>
+      <c r="H25" s="60"/>
+      <c r="I25" s="60"/>
+    </row>
+    <row r="26" spans="1:9" s="61" customFormat="1" ht="26" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="73" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" s="50" t="s">
+        <v>157</v>
+      </c>
+      <c r="C26" s="53" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" s="51" t="s">
+        <v>75</v>
+      </c>
+      <c r="E26" s="52">
+        <v>45649</v>
+      </c>
+      <c r="F26" s="64">
+        <v>768398.73</v>
+      </c>
+      <c r="G26" s="51" t="s">
+        <v>130</v>
+      </c>
+      <c r="H26" s="60"/>
+      <c r="I26" s="60"/>
+    </row>
+    <row r="27" spans="1:9" ht="35" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="91" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" s="85" t="s">
         <v>19</v>
       </c>
-      <c r="D15" s="34" t="s">
+      <c r="D27" s="85" t="s">
         <v>20</v>
       </c>
-      <c r="E15" s="36">
-[...276 lines deleted...]
-      <c r="I26" s="62"/>
+      <c r="E27" s="86">
+        <v>45918</v>
+      </c>
+      <c r="F27" s="97">
+        <v>959713.92</v>
+      </c>
+      <c r="G27" s="108" t="s">
+        <v>149</v>
+      </c>
+      <c r="H27" s="57"/>
+      <c r="I27" s="57"/>
+    </row>
+    <row r="28" spans="1:9" s="61" customFormat="1" ht="36.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="87" t="s">
+        <v>158</v>
+      </c>
+      <c r="C28" s="51" t="s">
+        <v>137</v>
+      </c>
+      <c r="D28" s="51" t="s">
+        <v>136</v>
+      </c>
+      <c r="E28" s="52">
+        <v>45947</v>
+      </c>
+      <c r="F28" s="111">
+        <v>7624393.9199999999</v>
+      </c>
+      <c r="G28" s="51" t="s">
+        <v>144</v>
+      </c>
+      <c r="H28" s="60"/>
+      <c r="I28" s="60"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I31"/>
   <sheetViews>
-    <sheetView topLeftCell="A22" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A26" sqref="A26:I31"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="50.90625" style="51" customWidth="1"/>
-    <col min="2" max="2" width="78.81640625" customWidth="1"/>
+    <col min="1" max="1" width="50.90625" style="49" customWidth="1"/>
+    <col min="2" max="2" width="78.81640625" style="61" customWidth="1"/>
     <col min="3" max="3" width="12.6328125" customWidth="1"/>
-    <col min="4" max="4" width="20.1796875" style="77" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.1796875" style="75" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.90625" customWidth="1"/>
-    <col min="6" max="6" width="17.54296875" customWidth="1"/>
-    <col min="7" max="7" width="19.81640625" style="11" customWidth="1"/>
+    <col min="6" max="6" width="17.54296875" style="105" customWidth="1"/>
+    <col min="7" max="7" width="19.81640625" style="10" customWidth="1"/>
     <col min="8" max="8" width="25.1796875" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="19" customFormat="1" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="92" t="s">
+    <row r="1" spans="1:9" s="18" customFormat="1" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="110" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="92"/>
-[...16 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="B1" s="110"/>
+      <c r="C1" s="110"/>
+      <c r="D1" s="110"/>
+      <c r="E1" s="110"/>
+      <c r="F1" s="110"/>
+      <c r="G1" s="45"/>
+    </row>
+    <row r="2" spans="1:9" s="18" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="48"/>
+      <c r="B2" s="106"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="74"/>
+      <c r="E2" s="46"/>
+      <c r="F2" s="98"/>
+      <c r="G2" s="45"/>
+    </row>
+    <row r="3" spans="1:9" s="18" customFormat="1" ht="62.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="107" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="D3" s="64" t="s">
+      <c r="D3" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="64" t="s">
+      <c r="E3" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="64" t="s">
+      <c r="F3" s="62" t="s">
+        <v>97</v>
+      </c>
+      <c r="G3" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="62" t="s">
         <v>98</v>
       </c>
-      <c r="G3" s="64" t="s">
-[...13 lines deleted...]
-      <c r="B4" s="27" t="s">
+      <c r="I3" s="62" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A4" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="22" t="s">
+      <c r="C4" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D4" s="22" t="s">
+      <c r="D4" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="78">
+      <c r="E4" s="76">
         <v>44691</v>
       </c>
-      <c r="F4" s="79">
+      <c r="F4" s="77">
         <v>242000</v>
       </c>
-      <c r="G4" s="60" t="s">
+      <c r="G4" s="58" t="s">
         <v>27</v>
       </c>
-      <c r="H4" s="27"/>
-[...6 lines deleted...]
-      <c r="B5" s="29" t="s">
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+    </row>
+    <row r="5" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A5" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="43" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="22" t="s">
+      <c r="C5" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D5" s="22" t="s">
+      <c r="D5" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="E5" s="78">
+      <c r="E5" s="76">
         <v>44817</v>
       </c>
-      <c r="F5" s="79">
+      <c r="F5" s="77">
         <v>11219386.199999999</v>
       </c>
-      <c r="G5" s="60" t="s">
+      <c r="G5" s="58" t="s">
         <v>29</v>
       </c>
-      <c r="H5" s="71" t="s">
+      <c r="H5" s="69" t="s">
+        <v>117</v>
+      </c>
+      <c r="I5" s="65" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A6" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="76">
+        <v>44887</v>
+      </c>
+      <c r="F6" s="77">
+        <v>844715.52000000002</v>
+      </c>
+      <c r="G6" s="58" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" s="26"/>
+      <c r="I6" s="26"/>
+    </row>
+    <row r="7" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A7" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="76">
+        <v>44937</v>
+      </c>
+      <c r="F7" s="77">
+        <v>60282.2</v>
+      </c>
+      <c r="G7" s="21"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="26"/>
+    </row>
+    <row r="8" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A8" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="76">
+        <v>44937</v>
+      </c>
+      <c r="F8" s="77">
+        <v>10167.629999999999</v>
+      </c>
+      <c r="G8" s="21"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+    </row>
+    <row r="9" spans="1:9" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="76">
+        <v>44972</v>
+      </c>
+      <c r="F9" s="99">
+        <v>20594.68</v>
+      </c>
+      <c r="G9" s="21"/>
+      <c r="H9" s="26"/>
+      <c r="I9" s="26"/>
+    </row>
+    <row r="10" spans="1:9" s="18" customFormat="1" ht="87" x14ac:dyDescent="0.35">
+      <c r="A10" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" s="76">
+        <v>44985</v>
+      </c>
+      <c r="F10" s="77">
+        <v>46609.01</v>
+      </c>
+      <c r="G10" s="21"/>
+      <c r="H10" s="26"/>
+      <c r="I10" s="26"/>
+    </row>
+    <row r="11" spans="1:9" s="37" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="78">
+        <v>45040</v>
+      </c>
+      <c r="F11" s="79">
+        <v>2958769.44</v>
+      </c>
+      <c r="G11" s="34" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" s="58"/>
+      <c r="I11" s="70" t="s">
         <v>118</v>
       </c>
-      <c r="I5" s="67" t="s">
-[...10 lines deleted...]
-      <c r="C6" s="22" t="s">
+    </row>
+    <row r="12" spans="1:9" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="22" t="s">
+      <c r="D12" s="34" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="78">
-[...64 lines deleted...]
-      <c r="C9" s="22" t="s">
+      <c r="E12" s="78">
+        <v>45071</v>
+      </c>
+      <c r="F12" s="80">
+        <v>59775.39</v>
+      </c>
+      <c r="G12" s="34"/>
+      <c r="H12" s="26"/>
+      <c r="I12" s="26"/>
+    </row>
+    <row r="13" spans="1:9" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="78">
+        <v>45092</v>
+      </c>
+      <c r="F13" s="80">
+        <v>74867.539999999994</v>
+      </c>
+      <c r="G13" s="34"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="26"/>
+    </row>
+    <row r="14" spans="1:9" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="47" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="34" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="78">
+        <v>45105</v>
+      </c>
+      <c r="F14" s="80">
+        <v>60457.65</v>
+      </c>
+      <c r="G14" s="34"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+    </row>
+    <row r="15" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A15" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="C15" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="78">
+        <v>45141</v>
+      </c>
+      <c r="F15" s="79">
+        <v>1913956.7</v>
+      </c>
+      <c r="G15" s="34" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" s="26"/>
+      <c r="I15" s="26"/>
+    </row>
+    <row r="16" spans="1:9" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A16" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="43" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" s="78">
+        <v>45183</v>
+      </c>
+      <c r="F16" s="79">
+        <v>258874.62</v>
+      </c>
+      <c r="G16" s="34" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" s="26"/>
+      <c r="I16" s="26"/>
+    </row>
+    <row r="17" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A17" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="50" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" s="81">
+        <v>45247</v>
+      </c>
+      <c r="F17" s="100">
+        <v>1468189.8</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="H17" s="82"/>
+      <c r="I17" s="82"/>
+    </row>
+    <row r="18" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A18" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="50" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" s="53" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" s="59">
+        <v>45260</v>
+      </c>
+      <c r="F18" s="101">
+        <v>1909418.78</v>
+      </c>
+      <c r="G18" s="53" t="s">
+        <v>90</v>
+      </c>
+      <c r="H18" s="82"/>
+      <c r="I18" s="82"/>
+    </row>
+    <row r="19" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A19" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="50" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="59">
+        <v>45281</v>
+      </c>
+      <c r="F19" s="101">
+        <v>29651837.469999999</v>
+      </c>
+      <c r="G19" s="53" t="s">
+        <v>92</v>
+      </c>
+      <c r="H19" s="82"/>
+      <c r="I19" s="82"/>
+    </row>
+    <row r="20" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="50" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" s="53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="53" t="s">
+        <v>71</v>
+      </c>
+      <c r="E20" s="59">
+        <v>45286</v>
+      </c>
+      <c r="F20" s="101">
+        <v>7130000</v>
+      </c>
+      <c r="G20" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" s="82"/>
+      <c r="I20" s="82"/>
+    </row>
+    <row r="21" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A21" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="50" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="53" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="53" t="s">
+        <v>87</v>
+      </c>
+      <c r="E21" s="59">
+        <v>45288</v>
+      </c>
+      <c r="F21" s="101">
+        <v>8568426.2400000002</v>
+      </c>
+      <c r="G21" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" s="82"/>
+      <c r="I21" s="82"/>
+    </row>
+    <row r="22" spans="1:9" s="61" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A22" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="50" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" s="53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="53" t="s">
+        <v>71</v>
+      </c>
+      <c r="E22" s="59">
+        <v>45341</v>
+      </c>
+      <c r="F22" s="101">
+        <v>5651287.29</v>
+      </c>
+      <c r="G22" s="53" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" s="54"/>
+      <c r="I22" s="54"/>
+    </row>
+    <row r="23" spans="1:9" s="61" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="50" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="34" t="s">
         <v>48</v>
       </c>
-      <c r="D9" s="22" t="s">
+      <c r="D23" s="34" t="s">
         <v>49</v>
       </c>
-      <c r="E9" s="78">
-[...55 lines deleted...]
-      <c r="I11" s="72" t="s">
+      <c r="E23" s="59">
+        <v>45363</v>
+      </c>
+      <c r="F23" s="101">
+        <v>49970</v>
+      </c>
+      <c r="G23" s="53"/>
+      <c r="H23" s="54"/>
+      <c r="I23" s="54"/>
+    </row>
+    <row r="24" spans="1:9" s="61" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" s="50" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" s="34" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" s="59">
+        <v>45450</v>
+      </c>
+      <c r="F24" s="101">
+        <v>60456.44</v>
+      </c>
+      <c r="G24" s="53"/>
+      <c r="H24" s="54"/>
+      <c r="I24" s="54"/>
+    </row>
+    <row r="25" spans="1:9" s="61" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" s="50" t="s">
         <v>119</v>
       </c>
-    </row>
-[...126 lines deleted...]
-      <c r="C17" s="10" t="s">
+      <c r="C25" s="34" t="s">
+        <v>120</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>121</v>
+      </c>
+      <c r="E25" s="59">
+        <v>45583</v>
+      </c>
+      <c r="F25" s="101">
+        <v>80962.78</v>
+      </c>
+      <c r="G25" s="53"/>
+      <c r="H25" s="54"/>
+      <c r="I25" s="54"/>
+    </row>
+    <row r="26" spans="1:9" s="61" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" s="84" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" s="85" t="s">
+        <v>132</v>
+      </c>
+      <c r="D26" s="85" t="s">
+        <v>133</v>
+      </c>
+      <c r="E26" s="86">
+        <v>45715</v>
+      </c>
+      <c r="F26" s="102">
+        <v>2929584.24</v>
+      </c>
+      <c r="G26" s="85" t="s">
+        <v>141</v>
+      </c>
+      <c r="H26" s="87"/>
+      <c r="I26" s="87"/>
+    </row>
+    <row r="27" spans="1:9" s="61" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="84" t="s">
+        <v>153</v>
+      </c>
+      <c r="C27" s="85" t="s">
+        <v>134</v>
+      </c>
+      <c r="D27" s="88" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" s="86">
+        <v>45727</v>
+      </c>
+      <c r="F27" s="103">
+        <v>2513787.4</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="H27" s="87"/>
+      <c r="I27" s="87"/>
+    </row>
+    <row r="28" spans="1:9" s="61" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="89" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" s="85" t="s">
         <v>13</v>
       </c>
-      <c r="D17" s="10" t="s">
-[...265 lines deleted...]
-      <c r="D28" s="98" t="str">
+      <c r="D28" s="87" t="str">
         <f>'[1]SEG-Adjudicados'!$I$51</f>
         <v>INDRA SOLUCIONES TECNOLÓGICAS DE LA INFORMACIÓN S.L.U.</v>
       </c>
-      <c r="E28" s="96">
+      <c r="E28" s="86">
         <v>45744</v>
       </c>
-      <c r="F28" s="97">
+      <c r="F28" s="102">
         <v>6462655.25</v>
       </c>
-      <c r="G28" s="95"/>
-[...1 lines deleted...]
-      <c r="I28" s="98"/>
+      <c r="G28" s="85" t="s">
+        <v>142</v>
+      </c>
+      <c r="H28" s="87"/>
+      <c r="I28" s="87"/>
     </row>
     <row r="29" spans="1:9" ht="51.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="93" t="s">
-[...5 lines deleted...]
-      <c r="C29" s="95" t="s">
+      <c r="A29" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B29" s="89" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" s="85" t="s">
         <v>19</v>
       </c>
-      <c r="D29" s="95" t="s">
+      <c r="D29" s="85" t="s">
         <v>20</v>
       </c>
-      <c r="E29" s="96">
+      <c r="E29" s="86">
         <v>45804</v>
       </c>
-      <c r="F29" s="102">
+      <c r="F29" s="104">
         <v>60467.09</v>
       </c>
-      <c r="G29" s="103"/>
-[...7 lines deleted...]
-      <c r="B30" s="104" t="s">
+      <c r="G29" s="90"/>
+      <c r="H29" s="91"/>
+      <c r="I29" s="91"/>
+    </row>
+    <row r="30" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A30" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B30" s="84" t="s">
+        <v>152</v>
+      </c>
+      <c r="C30" s="85" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" s="86">
+        <v>45859</v>
+      </c>
+      <c r="F30" s="104">
+        <v>3711450.53</v>
+      </c>
+      <c r="G30" s="92" t="s">
+        <v>140</v>
+      </c>
+      <c r="H30" s="93"/>
+      <c r="I30" s="93"/>
+    </row>
+    <row r="31" spans="1:9" s="61" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A31" s="83" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" s="84" t="s">
+        <v>151</v>
+      </c>
+      <c r="C31" s="51" t="s">
+        <v>139</v>
+      </c>
+      <c r="D31" s="85" t="s">
+        <v>138</v>
+      </c>
+      <c r="E31" s="52">
+        <v>45961</v>
+      </c>
+      <c r="F31" s="102">
+        <v>2202180.16</v>
+      </c>
+      <c r="G31" s="72" t="s">
         <v>143</v>
       </c>
-      <c r="C30" s="95" t="s">
-[...36 lines deleted...]
-      <c r="I31" s="106"/>
+      <c r="H31" s="112"/>
+      <c r="I31" s="112"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f59c1c77-2230-41f5-ad73-1f80ef030d63">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="2b0cc7a3-a48f-4467-845b-5de784e2a7c9" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f59c1c77-2230-41f5-ad73-1f80ef030d63" xmlns:ns3="1c1f752a-2517-4345-bd10-e1ee91666d72" xmlns:ns4="2b0cc7a3-a48f-4467-845b-5de784e2a7c9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41182c786058300176931acd43e84253" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101002448DBD95679B141B9D2553BDCFF1F7D" ma:contentTypeVersion="15" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="c9e3147023ca3ac507bd00fa67b4affb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f59c1c77-2230-41f5-ad73-1f80ef030d63" xmlns:ns3="1c1f752a-2517-4345-bd10-e1ee91666d72" xmlns:ns4="2b0cc7a3-a48f-4467-845b-5de784e2a7c9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e7ae725cb4c0dcac610c9e39fd2aaeb9" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="f59c1c77-2230-41f5-ad73-1f80ef030d63"/>
     <xsd:import namespace="1c1f752a-2517-4345-bd10-e1ee91666d72"/>
     <xsd:import namespace="2b0cc7a3-a48f-4467-845b-5de784e2a7c9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2959,101 +3095,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB2321AE-3D7D-409A-B0DB-8EF82A54654E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{106D21FB-5B9A-4049-BE35-B8892EB50CAE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1c1f752a-2517-4345-bd10-e1ee91666d72"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f59c1c77-2230-41f5-ad73-1f80ef030d63"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="2b0cc7a3-a48f-4467-845b-5de784e2a7c9"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80C08F15-4350-4C78-A247-2B8B240F7E53}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7992A1A3-6E33-46E7-85C1-DD513BB7C5A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f59c1c77-2230-41f5-ad73-1f80ef030d63"/>
     <ds:schemaRef ds:uri="1c1f752a-2517-4345-bd10-e1ee91666d72"/>
     <ds:schemaRef ds:uri="2b0cc7a3-a48f-4467-845b-5de784e2a7c9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>LOTE1</vt:lpstr>
       <vt:lpstr>LOTE2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>