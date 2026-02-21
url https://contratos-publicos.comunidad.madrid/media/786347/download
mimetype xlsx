--- v0 (2026-01-07)
+++ v1 (2026-02-21)
@@ -4,67 +4,67 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Contratación\ABIERTOS\2024\SUPRAMUNICIPALES\SUPRA-A-0017-2024-O ACUERDO MARCO OBRA\CONTRATOS BASADOS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Contratación\ABIERTOS\2024\SUPRAMUNICIPALES\SUPRA-A-0017-2024-O ACUERDO MARCO OBRA\CONTRATOS BASADOS\FIRMADOS 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="2150" windowHeight="0"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
     <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
     <sheet name="Hoja3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="29">
   <si>
     <t>OBJETO DEL CONTRATO</t>
   </si>
   <si>
     <t>NIF DEL ADJUDICATARIO</t>
   </si>
   <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>FECHA DE ADJUDICACIÓN</t>
   </si>
   <si>
     <t>IMPORTE (IVA INCLUIDO)</t>
   </si>
   <si>
     <t>ÓRGANO DESTINATARIO</t>
   </si>
   <si>
     <t>(adjudicados desde el 01/01/2025 al 31/03/2025)</t>
   </si>
   <si>
     <t>PLANIFICA MADRID. PROYECTOS Y OBRAS, M.P., S.A.</t>
   </si>
   <si>
@@ -86,50 +86,71 @@
     <t>SUPRA-A-0017-2024-O-CB2-LOTE 4 OBRAS DE ADECUACIÓN DEL CAMINO JUAN GOYENECHE ENTRE OLMEDA DE LAS FUENTES  Y NUEVO BAZTAN</t>
   </si>
   <si>
     <t>SUPRA-A-0017-2024-O-CB1-LOTE 2- OBRAS PARQUE DE BOMBEROS EN EL MUNICIPIO DE VILLANUEVA DE LA CAÑADA</t>
   </si>
   <si>
     <t>A28017986</t>
   </si>
   <si>
     <t>VIAS Y CONSTRUCCIONES, S.A.</t>
   </si>
   <si>
     <t>(adjudicados desde el 01/04/2025 al 30/06/2025)</t>
   </si>
   <si>
     <t>SUPRA-A-0017-2024-O-CB1-LOTE 3-BOMBEROS-OBRAS PARQUE DE BOMBEROS EN EL MUNICIPIO DE VILLAREJO DE SALVANÉS</t>
   </si>
   <si>
     <t>GESTION Y EJECUCIÓN DE OBRA CIVIL, S.A.U.</t>
   </si>
   <si>
     <t>A83283861</t>
   </si>
   <si>
     <t>(adjudicados desde el 01/07/2025 al 30/09/2025)</t>
+  </si>
+  <si>
+    <t>(adjudicados desde el 01/10/2025 al 31/12/2025)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>SUPRA-A-0017-2024-O-CB1-LOTE 1-OBRAS DE ADAPTACIÓN DE EDIFICIO CON ESGRAFIADO PARA MUSEO PICASSO EN BUITRAGO DE LOZOYA</t>
+  </si>
+  <si>
+    <t>U75578484</t>
+  </si>
+  <si>
+    <t>UTE MARCO LOTE 1</t>
+  </si>
+  <si>
+    <t>SUPRA-A-0017-2024-O-CB2-LOTE 2.-OBRAS DEL PARQUE DE BOMBEROS EN EL MUNICIPIO DE COBEÑA</t>
+  </si>
+  <si>
+    <t>VÍAS Y CONSTRUCCIONES, S.A.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -137,78 +158,91 @@
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -224,61 +258,70 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -548,101 +591,101 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="B28" sqref="B28"/>
+    <sheetView tabSelected="1" topLeftCell="A23" workbookViewId="0">
+      <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="31.54296875" customWidth="1"/>
     <col min="2" max="2" width="48.54296875" customWidth="1"/>
     <col min="3" max="3" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="40.453125" customWidth="1"/>
     <col min="5" max="5" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="22"/>
-[...3 lines deleted...]
-      <c r="F1" s="22"/>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:10" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="18"/>
       <c r="B2" s="19"/>
       <c r="C2" s="19"/>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
       <c r="F2" s="19"/>
       <c r="G2" s="20"/>
       <c r="H2" s="20"/>
       <c r="I2" s="20"/>
       <c r="J2" s="20"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A3" s="23" t="s">
+      <c r="A3" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="24"/>
-[...3 lines deleted...]
-      <c r="F3" s="24"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
     </row>
     <row r="5" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="4" t="s">
@@ -717,145 +760,226 @@
       <c r="F8" s="10">
         <v>454049.27</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="63.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="9">
         <v>45737</v>
       </c>
       <c r="F9" s="10">
         <v>2109040.67</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A12" s="23" t="s">
+      <c r="A12" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="24"/>
-[...3 lines deleted...]
-      <c r="F12" s="24"/>
+      <c r="B12" s="25"/>
+      <c r="C12" s="25"/>
+      <c r="D12" s="25"/>
+      <c r="E12" s="25"/>
+      <c r="F12" s="25"/>
     </row>
     <row r="14" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="56.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="15">
         <v>45813</v>
       </c>
       <c r="F15" s="17">
         <v>2615220.4</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A18" s="23" t="s">
+      <c r="A18" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="B18" s="24"/>
-[...3 lines deleted...]
-      <c r="F18" s="24"/>
+      <c r="B18" s="25"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="25"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="25"/>
     </row>
     <row r="20" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A20" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B21" s="16"/>
-[...3 lines deleted...]
-      <c r="F21" s="17"/>
+      <c r="B21" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="25"/>
+      <c r="C24" s="25"/>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="25"/>
+    </row>
+    <row r="26" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="37.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" s="15">
+        <v>45960</v>
+      </c>
+      <c r="F27" s="17">
+        <v>1859541.44</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="37.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C28" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E28" s="26">
+        <v>45933</v>
+      </c>
+      <c r="F28" s="27">
+        <v>3274930.44</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="5">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="A18:F18"/>
+    <mergeCell ref="A24:F24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>