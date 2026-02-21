--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -1,70 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Contratación\ABIERTOS\2024\SUPRAMUNICIPALES\SUPRA-A-0018-2024-S ACUERDO MARCO SERVICIOS COORDINACIÓN\CONTRATOS BASADOS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Contratación\ABIERTOS\2024\SUPRAMUNICIPALES\SUPRA-A-0018-2024-S ACUERDO MARCO SERVICIOS COORDINACIÓN\CONTRATOS BASADOS\FIRMADOS 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16835D89-0178-45B1-AD33-C15057836A66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="13540" windowHeight="6840"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="13900" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
     <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
     <sheet name="Hoja3" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="28">
   <si>
     <t>OBJETO DEL CONTRATO</t>
   </si>
   <si>
     <t>NIF DEL ADJUDICATARIO</t>
   </si>
   <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>FECHA DE ADJUDICACIÓN</t>
   </si>
   <si>
     <t>IMPORTE (IVA INCLUIDO)</t>
   </si>
   <si>
     <t>ÓRGANO DESTINATARIO</t>
   </si>
   <si>
     <t>(adjudicados desde el 01/01/2025 al 31/03/2025)</t>
   </si>
   <si>
     <t>PLANIFICA MADRID. PROYECTOS Y OBRAS, M.P., S.A.</t>
   </si>
   <si>
@@ -90,331 +104,385 @@
   </si>
   <si>
     <t>SUPRA-A-0018-2024-S-CB2-LOTE 1-SAN LORENZO DE EL ESCORIAL COORDINACIÓN DE SEGURIDAD Y SALUD PARA LAS OBRAS DE ACONDICIONAMIENTO DE LA AVENIDA D. JUAN DE BORBÓN EN SAN LORENZO DE EL ESCORIAL</t>
   </si>
   <si>
     <t>AGORA INGENIERIA SERVICIOS Y PREVENCION, S.L.</t>
   </si>
   <si>
     <t>(adjudicados desde el 01/04/2025 al 30/06/2025)</t>
   </si>
   <si>
     <t>SUPRA-A-0018-2024-S-CB1-LOTE 2- COORDINACIÓN DE SEGURIDAD Y SALUD PARA LAS OBRAS DEL PARQUE DE BOMBEROS EN EL MUNICIPIO DE VILLANUEVA DE LA CAÑADA</t>
   </si>
   <si>
     <t>A29021334</t>
   </si>
   <si>
     <t>CENTRO DE ESTUDIOS DE MATERIALES Y CONTROL DE OBRA, S.A. (CEMOSA)</t>
   </si>
   <si>
     <t>SUPRA-A-0018-2024-S-CB2-LOTE 3-COORDINACIÓN DE SEGURIDAD Y SALUD PARA LAS OBRAS DEL PARQUE DE BOMBEROS EN EL MUNICIPIO DE VILLAREJO DE SALVANÉS</t>
   </si>
   <si>
     <t>(adjudicados desde el 01/07/2025 al 30/09/2025)</t>
   </si>
+  <si>
+    <t>(adjudicados desde el 01/10/2025 al 31/12/2025)</t>
+  </si>
+  <si>
+    <t>SUPRA-A-0018-2024-S-CB3-LOTE 1-COORDINACIÓN DE SEGURIDAD Y SALUD PARA LAS OBRAS DE ADAPTACIÓN DE EDIFICIO CON ESGRAFIADO PARA MUSEO PICASSO EN BUITRAGO DE LOZOYA</t>
+  </si>
+  <si>
+    <t>SUPRA-A-0018-2024-S-CB2-LOTE 2.- COORDINACIÓN DE SEGURIDAD Y SALUD PARA LAS OBRAS DEL PARQUE DE BOMBEROS EN EL MUNICIO DE COBEÑA</t>
+  </si>
+  <si>
+    <t>CENTRO DE ESTUDIOS DE MATERIALES Y CONTROL DE OBRA S.A. (CEMOSA)</t>
+  </si>
+  <si>
+    <t>SUPRA-A-0018-2024-S-CB3-LOTE 3-COORDINACIÓN DE SEGURIDAD Y SALUD PARA LAS OBRAS DE PARQUE DE BOMBEROS EN EL MUNICIPIO DE LOECHES</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -547,345 +615,416 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J21"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:J28"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView tabSelected="1" topLeftCell="B13" workbookViewId="0">
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="31.54296875" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="10.90625" style="5"/>
+    <col min="1" max="1" width="31.54296875" customWidth="1"/>
+    <col min="2" max="2" width="48.54296875" customWidth="1"/>
+    <col min="3" max="3" width="15.453125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="40.453125" customWidth="1"/>
+    <col min="5" max="5" width="14.54296875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="33.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="50.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="19" t="s">
+      <c r="A1" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="B1" s="20"/>
-[...3 lines deleted...]
-      <c r="F1" s="20"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" ht="18.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="16"/>
-[...8 lines deleted...]
-      <c r="J2" s="18"/>
+      <c r="A2" s="15"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="4"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A3" s="21" t="s">
+      <c r="A3" s="26" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="22"/>
-[...3 lines deleted...]
-      <c r="F3" s="22"/>
+      <c r="B3" s="27"/>
+      <c r="C3" s="27"/>
+      <c r="D3" s="27"/>
+      <c r="E3" s="27"/>
+      <c r="F3" s="27"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="3"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
     </row>
     <row r="5" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="75.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="6" t="s">
+      <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="9" t="s">
+      <c r="C6" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="9" t="s">
+      <c r="D6" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E6" s="8">
+      <c r="E6" s="7">
         <v>45727</v>
       </c>
-      <c r="F6" s="10">
+      <c r="F6" s="9">
         <v>5080.55</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="75.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="6" t="s">
+      <c r="A7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="B7" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="9" t="s">
+      <c r="C7" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="9" t="s">
+      <c r="D7" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="8">
+      <c r="E7" s="7">
         <v>45743</v>
       </c>
-      <c r="F7" s="10">
+      <c r="F7" s="9">
         <v>9314.34</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="58" x14ac:dyDescent="0.35">
-      <c r="A8" s="6" t="s">
+      <c r="A8" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="7" t="s">
+      <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="9" t="s">
+      <c r="C8" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="D8" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="E8" s="8">
+      <c r="E8" s="7">
         <v>45743</v>
       </c>
-      <c r="F8" s="10">
+      <c r="F8" s="9">
         <v>2729.76</v>
       </c>
     </row>
-    <row r="11" spans="1:10" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="21" t="s">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A11" s="26" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="23"/>
-[...6 lines deleted...]
-    <row r="13" spans="1:10" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B11" s="27"/>
+      <c r="C11" s="27"/>
+      <c r="D11" s="27"/>
+      <c r="E11" s="27"/>
+      <c r="F11" s="27"/>
+    </row>
+    <row r="13" spans="1:10" ht="29" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="14" spans="1:10" customFormat="1" ht="50" x14ac:dyDescent="0.35">
-      <c r="A14" s="6" t="s">
+    <row r="14" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A14" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="12" t="s">
+      <c r="B14" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="13" t="s">
+      <c r="C14" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="13" t="s">
+      <c r="D14" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="E14" s="14">
+      <c r="E14" s="13">
         <v>45750</v>
       </c>
-      <c r="F14" s="10">
+      <c r="F14" s="9">
         <v>30222.41</v>
       </c>
     </row>
-    <row r="15" spans="1:10" customFormat="1" ht="50" x14ac:dyDescent="0.35">
-      <c r="A15" s="6" t="s">
+    <row r="15" spans="1:10" ht="50" x14ac:dyDescent="0.35">
+      <c r="A15" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="12" t="s">
+      <c r="B15" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="C15" s="13" t="s">
+      <c r="C15" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="D15" s="13" t="s">
+      <c r="D15" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="E15" s="14">
+      <c r="E15" s="13">
         <v>45813</v>
       </c>
-      <c r="F15" s="15">
+      <c r="F15" s="14">
         <v>24567.84</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A18" s="21" t="s">
+      <c r="A18" s="26" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="23"/>
-[...11 lines deleted...]
-      <c r="F19"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="27"/>
+      <c r="D18" s="27"/>
+      <c r="E18" s="27"/>
+      <c r="F18" s="27"/>
     </row>
     <row r="20" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A21" s="6" t="s">
+    <row r="21" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B21" s="12"/>
-[...3 lines deleted...]
-      <c r="F21" s="10"/>
+      <c r="B21" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" s="21">
+        <v>45930</v>
+      </c>
+      <c r="F21" s="28">
+        <v>30222.41</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="27"/>
+      <c r="C24" s="27"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="27"/>
+      <c r="F24" s="27"/>
+    </row>
+    <row r="26" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A26" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A27" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="21">
+        <v>45960</v>
+      </c>
+      <c r="F27" s="22">
+        <v>17781.919999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="C28" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="D28" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="21">
+        <v>45992</v>
+      </c>
+      <c r="F28" s="18">
+        <v>37306.720000000001</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="5">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A18:F18"/>
+    <mergeCell ref="A24:F24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>