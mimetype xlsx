--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -1,215 +1,240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://aiccm.sharepoint.com/sites/DCC/EyRTC/AM CLOUD/10 PUBLICACIONES BASADOS/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="11_ECCB62752383F2E4F6B13BB3E64114AFB063085B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3B744901-4A5E-481E-BC69-A94E39A53051}"/>
+  <xr:revisionPtr revIDLastSave="94" documentId="11_ECCB62752383F2E4F6B13BB3E64114AFB063085B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{325BCB4E-0EB8-43F6-8889-0FDEFB38C333}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LOTE1" sheetId="1" r:id="rId1"/>
     <sheet name="LOTE2" sheetId="2" r:id="rId2"/>
     <sheet name="0" sheetId="4" r:id="rId3"/>
   </sheets>
-  <externalReferences>
-[...2 lines deleted...]
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="45">
   <si>
     <t>CONTRATOS BASADOS EN EL AM DE CONSULTORÍA,
 DISEÑO Y FACTORÍA DE SERVICIOS
 INNOVADORES PARA LA TRANSFORMACIÓN 
 DIGITAL DE LA COMUNIDAD DE MADRID (ECOM/000238/2020)</t>
   </si>
   <si>
     <t>ÓRGANO DESTINATARIO</t>
   </si>
   <si>
     <t>OBJETO DEL CONTRATO</t>
   </si>
   <si>
+    <t xml:space="preserve">NIF  </t>
+  </si>
+  <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>FECHA DE ADJUDICACIÓN</t>
   </si>
   <si>
     <t>IMPORTE (IVA INCLUIDO)</t>
   </si>
   <si>
+    <t>CÓDIGO PUBLICACIÓN DOUE</t>
+  </si>
+  <si>
+    <t>TIPOLOGÍAS</t>
+  </si>
+  <si>
     <t>Consejera Delegada Agencia Madrid Digital</t>
   </si>
   <si>
-    <t>CÓDIGO PUBLICACIÓN DOUE</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">NIF  </t>
+    <t>A81608077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">T-SYSTEMS ITC IBERIA, SAU </t>
+  </si>
+  <si>
+    <t>A80448194</t>
+  </si>
+  <si>
+    <t>EVOLUTIO CLOUD ENABLER, S.A.U.</t>
+  </si>
+  <si>
+    <t>T-SYSTEMS ITC IBERIA, S.A.U.</t>
+  </si>
+  <si>
+    <t>B82387770</t>
+  </si>
+  <si>
+    <t>NTT DATA SPAIN, S.L.U.</t>
+  </si>
+  <si>
+    <t>A78053147</t>
+  </si>
+  <si>
+    <t>TELEFÓNICA SOLUCIONES DE INFORMÁTICA Y COMUNICACIONES DE ESPAÑA, S.A.U.</t>
+  </si>
+  <si>
+    <t>A28855260</t>
+  </si>
+  <si>
+    <t>INETUM ESPAÑA, S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">NIF </t>
   </si>
   <si>
-    <t>TIPOLOGÍAS</t>
-[...65 lines deleted...]
-    <t>DYNATRACE</t>
+    <t>Nº EXPEDIENTE / TIPOLOGÍA</t>
+  </si>
+  <si>
+    <t>ECON/000062/2025 - AMAZON WEB SERVICES</t>
+  </si>
+  <si>
+    <t>ECON/000046/2025 - MICROSOFT AZURE</t>
+  </si>
+  <si>
+    <t>ECON/000048/2025 - AMAZON WEB SERVICES</t>
+  </si>
+  <si>
+    <t>ECON/000064/2025 - GOOGLE CLOUD PLATFORM</t>
+  </si>
+  <si>
+    <t>ECON/000065/2025 - MICROSOFT AZURE</t>
+  </si>
+  <si>
+    <t>ECON/000122/2025 - SALESFORCE PUBLIC SECTOR, SALESFORCE SERVICE CLOUD Y SALESFORCE ALLADD ONS</t>
+  </si>
+  <si>
+    <t>ECON/000138/2025 - DYNATRACE</t>
+  </si>
+  <si>
+    <t>ECON/000174/2025 - INETUM ADD-IN</t>
+  </si>
+  <si>
+    <t>ECON/0000176/2025 - TELEFÓNICA VDC</t>
+  </si>
+  <si>
+    <t>ECON/000149/2025 - INETUM ADD-IN</t>
+  </si>
+  <si>
+    <t>ECON/000170/2025 - MICROSOFT AZURE</t>
+  </si>
+  <si>
+    <t>"SUMINISTRO Y SERVICIOS PROFESIONALES DE LA NUBE AMAZON WEB SERVICES PARA PORTALES WEB DE LA COMUNIDAD DE MADRID" ECON/000048/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO Y SERVICIOS PROFESIONALES PARA EL DESARROLLO DEL PILOTO DE AVATAR EN LA NUBE DE MICROSOFT AZURE”                      ECON/000046/2025</t>
+  </si>
+  <si>
+    <t>"SUMINISTRO Y SERVICIOS PROFESIONALES EN LAS NUBES DE SALESFORCE PUBLIC SECTOR, SALESFORCE SERVICE CLOUD Y SALESFORCE ALLADD ONS" ECON/000102/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO Y SERVICIOS PROFESIONALES PARA LA MONITORIZACIÓN APM MEDIANTE EL SOFTWARE DE LA NUBE DE DYNATRACE”          ECON/000138/2025</t>
+  </si>
+  <si>
+    <t>"SUMINISTRO Y SERVICIOS PROFESIONALES DE LA SOLUCIÓN DE GESTIÓN DINÁMICA DE SEGURIDAD PERIMETRAL DE LA NUBE INETUM ADD-IN”. ECON/000174/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO DE eAgora EN LA NUBE DE TELEFÓNICA VDC”  ECON/000176/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO Y SERVICIOS PROFESIONALES PARA EL PROYECTO PILOTO DE TURISMO INTELIGENTE DE LA COMUNIDAD DE MADRID DE LA NUBE INETUM ADD INN”                                                                                      ECON/000149/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO DEL ASISTENTE VIRTUAL - AVATAR DE LA NUBE MICROSOFT AZURE”                                                                                              ECON/000170/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO Y SERVICIOS PROFESIONALES DE LA NUBE AMAZON WEB SERVICES”                                                                                           ECON/000062/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO Y SERVICIOS PROFESIONALES DE LA NUBE DE MICROSOFT AZURE”                                                                                               ECON/000065/2025</t>
+  </si>
+  <si>
+    <t>“SUMINISTRO Y SERVICIOS PROFESIONALES LA NUBE DE GOOGLE CLOUD PLATFORM”                                                                                       ECON/000064/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -231,50 +256,57 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -393,269 +425,235 @@
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...48 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
-[...38 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -885,433 +883,528 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="36.81640625" style="26" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="11.453125" style="26"/>
+    <col min="1" max="1" width="36.81640625" style="24" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="61.54296875" style="24" customWidth="1"/>
+    <col min="3" max="3" width="13.54296875" style="24" customWidth="1"/>
+    <col min="4" max="4" width="25" style="24" customWidth="1"/>
+    <col min="5" max="5" width="14.7265625" style="24" customWidth="1"/>
+    <col min="6" max="6" width="17.1796875" style="24" customWidth="1"/>
+    <col min="7" max="7" width="19.6328125" style="24" customWidth="1"/>
+    <col min="8" max="8" width="53.81640625" style="24" customWidth="1"/>
+    <col min="9" max="16384" width="11.453125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="57" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="25"/>
-[...3 lines deleted...]
-      <c r="F1" s="25"/>
+      <c r="B1" s="57"/>
+      <c r="C1" s="57"/>
+      <c r="D1" s="57"/>
+      <c r="E1" s="57"/>
+      <c r="F1" s="57"/>
     </row>
     <row r="2" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A2" s="27"/>
-[...4 lines deleted...]
-      <c r="F2" s="29"/>
+      <c r="A2" s="23"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
+      <c r="F2" s="26"/>
     </row>
     <row r="3" spans="1:8" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="30" t="s">
+      <c r="A3" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="31" t="s">
+      <c r="B3" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="32" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="33" t="s">
+      <c r="C3" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="32" t="s">
+      <c r="D3" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="E3" s="29" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="35" t="s">
+      <c r="F3" s="31" t="s">
+        <v>6</v>
+      </c>
+      <c r="G3" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="36" t="s">
+      <c r="H3" s="33" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" s="42" customFormat="1" ht="39" x14ac:dyDescent="0.3">
+      <c r="A4" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="35" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="36" t="s">
         <v>10</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="38" t="s">
+      <c r="D4" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="39" t="s">
+      <c r="E4" s="38">
+        <v>45791</v>
+      </c>
+      <c r="F4" s="39">
+        <v>569042.26</v>
+      </c>
+      <c r="G4" s="40"/>
+      <c r="H4" s="41" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" s="42" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="59" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" s="36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="44">
+        <v>45804</v>
+      </c>
+      <c r="F5" s="45">
+        <v>86318.23</v>
+      </c>
+      <c r="G5" s="46"/>
+      <c r="H5" s="41" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" s="42" customFormat="1" ht="42.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="47" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="47" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="40" t="s">
-[...9 lines deleted...]
-      <c r="H4" s="44" t="s">
+      <c r="E6" s="44">
+        <v>45853</v>
+      </c>
+      <c r="F6" s="45">
+        <v>425802.07</v>
+      </c>
+      <c r="G6" s="37"/>
+      <c r="H6" s="48" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="47" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="47" t="s">
         <v>14</v>
       </c>
-    </row>
-[...21 lines deleted...]
-      <c r="H5" s="44" t="s">
+      <c r="E7" s="44">
+        <v>45859</v>
+      </c>
+      <c r="F7" s="49">
+        <v>1448064.16</v>
+      </c>
+      <c r="G7" s="37"/>
+      <c r="H7" s="50" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" s="52" customFormat="1" ht="39" x14ac:dyDescent="0.3">
+      <c r="A8" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="37" t="s">
         <v>15</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="51" t="s">
+      <c r="D8" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="44">
+        <v>45869</v>
+      </c>
+      <c r="F8" s="49">
+        <v>1151368.94</v>
+      </c>
+      <c r="G8" s="37"/>
+      <c r="H8" s="41" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="53.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="47" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="53" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="44">
+        <v>45904</v>
+      </c>
+      <c r="F9" s="49">
+        <v>51836.41</v>
+      </c>
+      <c r="H9" s="41" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="52" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="36" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="47" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="44" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="40" t="s">
+      <c r="D10" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="51" t="s">
-[...44 lines deleted...]
-      <c r="C8" s="40" t="s">
+      <c r="E10" s="44">
+        <v>45929</v>
+      </c>
+      <c r="F10" s="49">
+        <v>2999643.2</v>
+      </c>
+      <c r="G10" s="41"/>
+      <c r="H10" s="41" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" s="54" customFormat="1" ht="47.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="47" t="s">
+        <v>38</v>
+      </c>
+      <c r="C11" s="44" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="44">
+        <v>45978</v>
+      </c>
+      <c r="F11" s="49">
+        <v>426016.17</v>
+      </c>
+      <c r="G11" s="55"/>
+      <c r="H11" s="60" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="52" x14ac:dyDescent="0.35">
+      <c r="A12" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="44" t="s">
         <v>17</v>
       </c>
-      <c r="D8" s="51" t="s">
+      <c r="D12" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="48">
-[...6 lines deleted...]
-      <c r="H8" s="44" t="s">
+      <c r="E12" s="44">
+        <v>45979</v>
+      </c>
+      <c r="F12" s="49">
+        <v>541898.5</v>
+      </c>
+      <c r="G12" s="55"/>
+      <c r="H12" s="60" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="57.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="47" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="44" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="44">
+        <v>45993</v>
+      </c>
+      <c r="F13" s="49">
+        <v>768170.1</v>
+      </c>
+      <c r="G13" s="55"/>
+      <c r="H13" s="60" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="A14" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="47" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="47" t="s">
         <v>14</v>
       </c>
-    </row>
-[...44 lines deleted...]
-        <v>32</v>
+      <c r="E14" s="44">
+        <v>46021</v>
+      </c>
+      <c r="F14" s="49">
+        <v>2944304.81</v>
+      </c>
+      <c r="G14" s="56"/>
+      <c r="H14" s="50" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="36.81640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="54" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.81640625" customWidth="1"/>
     <col min="6" max="6" width="14.1796875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.453125" customWidth="1"/>
     <col min="8" max="8" width="67.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="24" t="s">
+      <c r="A1" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="24"/>
-[...3 lines deleted...]
-      <c r="F1" s="24"/>
+      <c r="B1" s="58"/>
+      <c r="C1" s="58"/>
+      <c r="D1" s="58"/>
+      <c r="E1" s="58"/>
+      <c r="F1" s="58"/>
     </row>
     <row r="2" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:8" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>10</v>
-[...62 lines deleted...]
-    <row r="19" s="16" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A4" s="19"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="20"/>
+      <c r="D4" s="20"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="18"/>
+    </row>
+    <row r="5" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A5" s="19"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="20"/>
+      <c r="D5" s="20"/>
+      <c r="E5" s="16"/>
+      <c r="F5" s="21"/>
+      <c r="G5" s="21"/>
+      <c r="H5" s="17"/>
+    </row>
+    <row r="6" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A6" s="19"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="21"/>
+      <c r="G6" s="21"/>
+      <c r="H6" s="17"/>
+    </row>
+    <row r="7" spans="1:8" s="15" customFormat="1" ht="14.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="19"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="20"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="21"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="22"/>
+    </row>
+    <row r="8" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A8" s="19"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="20"/>
+      <c r="D8" s="20"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="21"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+    </row>
+    <row r="9" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="10" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="11" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="12" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="14" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="15" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="16" spans="1:8" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="17" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="18" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
+    <row r="19" s="15" customFormat="1" ht="13" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="B1:B22"/>
+  <dimension ref="B1:B21"/>
   <sheetViews>
     <sheetView topLeftCell="C1" workbookViewId="0">
       <selection activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="64.26953125" customWidth="1"/>
     <col min="4" max="4" width="59.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B1" s="9"/>
     </row>
     <row r="2" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B2" s="10"/>
     </row>
     <row r="3" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B3" s="11"/>
     </row>
     <row r="4" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B4" s="11"/>
     </row>
     <row r="5" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B5" s="11"/>
     </row>
     <row r="6" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B6" s="11"/>
     </row>
     <row r="7" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B7" s="11"/>
@@ -1335,94 +1428,91 @@
       <c r="B13" s="12"/>
     </row>
     <row r="14" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B14" s="12"/>
     </row>
     <row r="15" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B15" s="12"/>
     </row>
     <row r="16" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B16" s="12"/>
     </row>
     <row r="17" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B17" s="12"/>
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B18" s="12"/>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B19" s="12"/>
     </row>
     <row r="20" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B20" s="13"/>
     </row>
     <row r="21" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B21" s="13"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="14"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f59c1c77-2230-41f5-ad73-1f80ef030d63">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="2b0cc7a3-a48f-4467-845b-5de784e2a7c9" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101002448DBD95679B141B9D2553BDCFF1F7D" ma:contentTypeVersion="15" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="1fd6043a9c19ca711da80be73e0b7c9b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f59c1c77-2230-41f5-ad73-1f80ef030d63" xmlns:ns3="1c1f752a-2517-4345-bd10-e1ee91666d72" xmlns:ns4="2b0cc7a3-a48f-4467-845b-5de784e2a7c9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41182c786058300176931acd43e84253" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101002448DBD95679B141B9D2553BDCFF1F7D" ma:contentTypeVersion="15" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="c9e3147023ca3ac507bd00fa67b4affb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f59c1c77-2230-41f5-ad73-1f80ef030d63" xmlns:ns3="1c1f752a-2517-4345-bd10-e1ee91666d72" xmlns:ns4="2b0cc7a3-a48f-4467-845b-5de784e2a7c9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e7ae725cb4c0dcac610c9e39fd2aaeb9" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="f59c1c77-2230-41f5-ad73-1f80ef030d63"/>
     <xsd:import namespace="1c1f752a-2517-4345-bd10-e1ee91666d72"/>
     <xsd:import namespace="2b0cc7a3-a48f-4467-845b-5de784e2a7c9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1621,75 +1711,68 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{106D21FB-5B9A-4049-BE35-B8892EB50CAE}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f59c1c77-2230-41f5-ad73-1f80ef030d63"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2b0cc7a3-a48f-4467-845b-5de784e2a7c9"/>
-    <ds:schemaRef ds:uri="1c1f752a-2517-4345-bd10-e1ee91666d72"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB2321AE-3D7D-409A-B0DB-8EF82A54654E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D605C5C-FE9B-4A1C-B41F-B2D1BCB4812E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{195E3625-F178-4229-8922-40E6BA86755A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f59c1c77-2230-41f5-ad73-1f80ef030d63"/>
     <ds:schemaRef ds:uri="1c1f752a-2517-4345-bd10-e1ee91666d72"/>
     <ds:schemaRef ds:uri="2b0cc7a3-a48f-4467-845b-5de784e2a7c9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">